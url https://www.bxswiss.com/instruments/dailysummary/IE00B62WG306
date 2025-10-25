--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b8016369dfc4cc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R663582d0b8484e0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb065f33e66204a47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1658d7f9bf6e45cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redaad56f086b4361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb065f33e66204a47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref91fd9b3550482b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1658d7f9bf6e45cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock ISF - iShares Developed World Index USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B62WG306</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>41,785</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...155 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,175</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>42,505</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>