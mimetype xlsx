--- v1 (2025-10-25)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R663582d0b8484e0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39d05ac0816a43f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1658d7f9bf6e45cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07c2a0de2f1e4c9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref91fd9b3550482b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1658d7f9bf6e45cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8767cb56745b4329" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07c2a0de2f1e4c9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock ISF - iShares Developed World Index USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B62WG306</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>42,275</x:t>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,145</x:t>
-[...65 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>42,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,345</x:t>
-[...507 lines deleted...]
-          <x:t>42,865</x:t>
+          <x:t>42,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,825</x:t>
-[...4 lines deleted...]
-          <x:t>43,105</x:t>
+          <x:t>43,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>