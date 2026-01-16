--- v2 (2025-12-27)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39d05ac0816a43f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc56d7cfc3dbf4a03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07c2a0de2f1e4c9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2409ebbbaafc49fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8767cb56745b4329" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07c2a0de2f1e4c9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8352d56cb4d64407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2409ebbbaafc49fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock ISF - iShares Developed World Index USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B62WG306</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>43,155</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,135</x:t>
-[...398 lines deleted...]
-        <x:is>
           <x:t>43,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,655</x:t>
         </x:is>
       </x:c>
@@ -710,31 +305,355 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>