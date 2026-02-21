--- v3 (2026-01-16)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc56d7cfc3dbf4a03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f43e7015a804a70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2409ebbbaafc49fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ac19e625ace42e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8352d56cb4d64407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2409ebbbaafc49fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0354e8b51484426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ac19e625ace42e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock ISF - iShares Developed World Index USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B62WG306</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,100</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,775</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,950</x:t>
-[...38 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>43,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,225</x:t>
-[...53 lines deleted...]
-          <x:t>44,450</x:t>
+          <x:t>44,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,400</x:t>
-[...75 lines deleted...]
-          <x:t>44,370</x:t>
+          <x:t>44,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>44,590</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>