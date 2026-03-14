--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f43e7015a804a70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd22b6554550d4104" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ac19e625ace42e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R498d2a3fc3f0469f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0354e8b51484426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ac19e625ace42e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5652eed6e3548ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R498d2a3fc3f0469f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BlackRock ISF - iShares Developed World Index USD IC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B62WG306</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>43,930</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,100</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>21.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,110</x:t>
-[...603 lines deleted...]
-          <x:t>44,830</x:t>
+          <x:t>43,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>