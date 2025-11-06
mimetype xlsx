--- v0 (2025-10-16)
+++ v1 (2025-11-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc43b4f7c75a04b87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re74e894bc174472b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2b9d0906dca46a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21e92fbd55ce4ef4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16f0d6e066764cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2b9d0906dca46a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dac9c2738e1490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21e92fbd55ce4ef4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SX394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>107,041</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,957</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>109,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>