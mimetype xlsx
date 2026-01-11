--- v1 (2025-11-06)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re74e894bc174472b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb16edcedfb4c41f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21e92fbd55ce4ef4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42fac31f6d964231"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dac9c2738e1490d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21e92fbd55ce4ef4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R534a90c0bf5f48eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42fac31f6d964231" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SX394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>111,669</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>