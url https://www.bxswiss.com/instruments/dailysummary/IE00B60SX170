--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e2db6e3af9d46dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53bf4bc97b72460e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc3da9c90ea24cbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R903d9ed44e184c88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c730fb9b52b4ddb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc3da9c90ea24cbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba5d036ff85c4b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R903d9ed44e184c88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SX170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>