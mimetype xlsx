--- v1 (2025-10-22)
+++ v2 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53bf4bc97b72460e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R029564a896ce46a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R903d9ed44e184c88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R564839bb246746a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba5d036ff85c4b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R903d9ed44e184c88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fba86a59da14821" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R564839bb246746a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SX170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>156,847</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>