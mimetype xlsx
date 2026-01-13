--- v2 (2025-12-24)
+++ v3 (2026-01-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R029564a896ce46a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2743f8cc3a64de9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R564839bb246746a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R531cf75abfec4967"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fba86a59da14821" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R564839bb246746a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d6732d371d4449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R531cf75abfec4967" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SX170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,247 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>