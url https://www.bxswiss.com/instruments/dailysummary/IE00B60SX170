--- v3 (2026-01-13)
+++ v4 (2026-02-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2743f8cc3a64de9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf55dc6309a394a4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R531cf75abfec4967"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48e946118a314057"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d6732d371d4449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R531cf75abfec4967" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a683efdeea04076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48e946118a314057" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SX170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>158,463</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,926</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>162,498</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>