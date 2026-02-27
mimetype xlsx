--- v4 (2026-02-07)
+++ v5 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf55dc6309a394a4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0813cd68ac44206" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48e946118a314057"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reee7be7bc3f7435d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a683efdeea04076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48e946118a314057" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb805a2a434b94b9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reee7be7bc3f7435d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SX170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,443 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,918</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>156,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,926</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>