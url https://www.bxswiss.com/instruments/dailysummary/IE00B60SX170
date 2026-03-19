--- v5 (2026-02-27)
+++ v6 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0813cd68ac44206" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a87194444fc45a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reee7be7bc3f7435d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6df477e1679549b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb805a2a434b94b9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reee7be7bc3f7435d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1baca6b90ae4917" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6df477e1679549b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SX170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>158,926</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,891</x:t>
-[...399 lines deleted...]
-          <x:t>152,965</x:t>
+          <x:t>156,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.02.2026</x:t>
-[...181 lines deleted...]
-          <x:t>156,286</x:t>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>