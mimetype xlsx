--- v0 (2025-10-28)
+++ v1 (2025-12-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2c58e54351f4ee1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99038d4f20ab48a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42519cfb641f40ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R988c53382c5c4cbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f86f0ec784e4ee3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42519cfb641f40ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fc87a29f84a47d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R988c53382c5c4cbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI Europe UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SWY32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>361,603</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>