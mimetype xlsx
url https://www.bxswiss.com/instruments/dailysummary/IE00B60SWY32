--- v1 (2025-12-29)
+++ v2 (2026-02-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99038d4f20ab48a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02a8ca9357ce446d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R988c53382c5c4cbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf0f06508e1d4179"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fc87a29f84a47d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R988c53382c5c4cbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ce1e126a2d14b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf0f06508e1d4179" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI Europe UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SWY32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...505 lines deleted...]
-          <x:t>370,531</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,324</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>