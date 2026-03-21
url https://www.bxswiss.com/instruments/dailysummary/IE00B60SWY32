--- v2 (2026-02-08)
+++ v3 (2026-03-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02a8ca9357ce446d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbe258f000a94c0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf0f06508e1d4179"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b28ce47c7064604"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ce1e126a2d14b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf0f06508e1d4179" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec4477170d344e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b28ce47c7064604" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI Europe UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SWY32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...603 lines deleted...]
-          <x:t>382,813</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>377,589</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>382,324</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,233</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>