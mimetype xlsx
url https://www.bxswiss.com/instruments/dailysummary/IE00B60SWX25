--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4869a4353e3e4400" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb133cdde43b24a75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6da9d241f7b4cc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f3be16f183049af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cb8eb2f2fbe455e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6da9d241f7b4cc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d75c565f5db4d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f3be16f183049af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX 50 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SWX25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>