--- v1 (2025-10-31)
+++ v2 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb133cdde43b24a75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f360ea8ae9d4286" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f3be16f183049af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15bd35c81eea4d88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d75c565f5db4d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f3be16f183049af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf086a2ce67984029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15bd35c81eea4d88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX 50 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SWX25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>131,638</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,726</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...622 lines deleted...]
-          <x:t>134,761</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>