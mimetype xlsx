--- v2 (2025-11-26)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f360ea8ae9d4286" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c9501ff2cc549fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15bd35c81eea4d88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fe0c1ef4e58439c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf086a2ce67984029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15bd35c81eea4d88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recc5f8f3620c4013" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fe0c1ef4e58439c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX 50 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SWX25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>133,095</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>