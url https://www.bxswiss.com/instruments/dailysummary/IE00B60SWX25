--- v3 (2026-01-07)
+++ v4 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c9501ff2cc549fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14865bf0cc5e479d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fe0c1ef4e58439c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R965bbfa33f074c95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recc5f8f3620c4013" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fe0c1ef4e58439c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c54b83632554880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R965bbfa33f074c95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX 50 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SWX25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>141,005</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>