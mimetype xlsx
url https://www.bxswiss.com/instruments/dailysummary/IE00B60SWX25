--- v4 (2026-02-19)
+++ v5 (2026-03-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14865bf0cc5e479d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbc3f4f284f54025" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R965bbfa33f074c95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea66964930634526"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c54b83632554880" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R965bbfa33f074c95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85b64f8a9e75494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea66964930634526" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX 50 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SWX25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...640 lines deleted...]
-          <x:t>141,248</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>