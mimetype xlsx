--- v0 (2025-10-08)
+++ v1 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85c5cfd7ef8d4ce1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30a4f9c8593425c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b7d160b59de4428"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6aa757949194aaa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcae61522e89c4c3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b7d160b59de4428" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24529736d63844eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6aa757949194aaa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco STOXX Europe 600 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SWW18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>132,592</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>