--- v1 (2025-11-17)
+++ v2 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30a4f9c8593425c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbb924b05a8f44c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6aa757949194aaa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1efbd174cb5d4b47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24529736d63844eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6aa757949194aaa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra16942cd59d84c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1efbd174cb5d4b47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco STOXX Europe 600 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SWW18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>132,809</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>