--- v2 (2025-12-28)
+++ v3 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbb924b05a8f44c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0ac8b26bb214c14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1efbd174cb5d4b47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re66f93a6c5934bba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra16942cd59d84c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1efbd174cb5d4b47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dfbce0769c54609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re66f93a6c5934bba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco STOXX Europe 600 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SWW18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...532 lines deleted...]
-          <x:t>137,325</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>