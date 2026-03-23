--- v3 (2026-02-10)
+++ v4 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0ac8b26bb214c14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b41681c01d142d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re66f93a6c5934bba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42e14c77707f4f2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dfbce0769c54609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re66f93a6c5934bba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cbab00ae5c04634" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42e14c77707f4f2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco STOXX Europe 600 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SWW18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...539 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,676</x:t>
+          <x:t>143,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,307</x:t>
-[...26 lines deleted...]
-          <x:t>141,996</x:t>
+          <x:t>142,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>