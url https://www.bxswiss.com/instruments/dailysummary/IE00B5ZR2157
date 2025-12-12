--- v0 (2025-10-31)
+++ v1 (2025-12-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eebb312b5814611" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6d9b921cf7d42a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c4aadc3c13b4e94"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4a312e590b14bc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8046f40660047ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c4aadc3c13b4e94" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeed5f66c51c499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4a312e590b14bc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO ETFs-Euro Short Maturity UCITS ETF Dist.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5ZR2157</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>91,832</x:t>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,584</x:t>
-[...512 lines deleted...]
-          <x:t>90,929</x:t>
+          <x:t>91,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>