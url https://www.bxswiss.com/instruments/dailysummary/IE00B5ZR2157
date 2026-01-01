--- v1 (2025-12-12)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6d9b921cf7d42a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5a2f7816ea74c45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4a312e590b14bc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50d279bf9d474ee5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeed5f66c51c499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4a312e590b14bc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R112dc74a9b054624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50d279bf9d474ee5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO ETFs-Euro Short Maturity UCITS ETF Dist.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5ZR2157</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.11.2025</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>91,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>90,946</x:t>
-        </x:is>
-[...575 lines deleted...]
-          <x:t>91,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>