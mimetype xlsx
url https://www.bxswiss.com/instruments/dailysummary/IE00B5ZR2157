--- v2 (2026-01-01)
+++ v3 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5a2f7816ea74c45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbe7d926c40441cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50d279bf9d474ee5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R771af03ff1684ff6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R112dc74a9b054624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50d279bf9d474ee5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R521e90131cab4f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R771af03ff1684ff6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO ETFs-Euro Short Maturity UCITS ETF Dist.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5ZR2157</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>91,537</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,458</x:t>
-[...330 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>91,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,219</x:t>
-[...80 lines deleted...]
-          <x:t>91,041</x:t>
+          <x:t>91,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,809</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>90,946</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>