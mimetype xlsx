--- v3 (2026-02-12)
+++ v4 (2026-03-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbe7d926c40441cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R250bc455f4a54863" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R771af03ff1684ff6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d5e38fa74964c25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,704 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R521e90131cab4f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R771af03ff1684ff6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39341065e0144093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d5e38fa74964c25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>PIMCO ETFs-Euro Short Maturity UCITS ETF Dist.</x:t>
+          <x:t>PIMCO ETFs-Euro Short Maturity UCITS ETF Dist.  (actively managed ETF)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5ZR2157</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>89,792</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,197</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>