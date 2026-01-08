--- v0 (2025-10-16)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf152fb65d9334d02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R486eedfc49684fc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc60464015c634b0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf1403d9a82345d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,542 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98c76edfb2b44c0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc60464015c634b0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R153e9c089ca3473f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf1403d9a82345d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares VII MSCI Korea UCITS ETF Acc</x:t>
+          <x:t>iShares VII MSCI Korea UCITS ETF (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5W4TY14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>182,456</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,306</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>