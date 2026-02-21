--- v1 (2026-01-08)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R486eedfc49684fc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd5559cc2b14015" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf1403d9a82345d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ef7ab7e88f645dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R153e9c089ca3473f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf1403d9a82345d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5a5a8acee9942bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ef7ab7e88f645dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI Korea UCITS ETF (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5W4TY14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>298,306</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>