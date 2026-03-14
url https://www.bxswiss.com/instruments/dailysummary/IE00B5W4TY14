--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcd5559cc2b14015" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R357b81cce0de44bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ef7ab7e88f645dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20110978c9e145c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5a5a8acee9942bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ef7ab7e88f645dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64f4dadb8d0742d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20110978c9e145c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI Korea UCITS ETF (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5W4TY14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,466</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>