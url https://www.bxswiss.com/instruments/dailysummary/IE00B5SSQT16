--- v0 (2025-10-01)
+++ v1 (2025-10-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a240652455147ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9de50202f5f8429b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R783bcf2f5afe4420"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce5a9727de2443fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ace68629b7b4a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R783bcf2f5afe4420" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0174cd84087a4f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce5a9727de2443fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC - MSCI Emerging Markets UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5SSQT16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,664</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>10,723</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,688</x:t>
         </x:is>
       </x:c>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>