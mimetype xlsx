--- v1 (2025-10-21)
+++ v2 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9de50202f5f8429b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9470ecebaace42cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce5a9727de2443fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R290909f6080e41bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0174cd84087a4f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce5a9727de2443fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca3d6d62c9a94743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R290909f6080e41bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC - MSCI Emerging Markets UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5SSQT16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,709</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>10,688</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,715</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...175 lines deleted...]
-          <x:t>10,964</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,927</x:t>
-[...323 lines deleted...]
-          <x:t>10,984</x:t>
+          <x:t>10,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>