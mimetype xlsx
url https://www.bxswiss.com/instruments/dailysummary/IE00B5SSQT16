--- v2 (2025-12-24)
+++ v3 (2026-01-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9470ecebaace42cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R097debf8d03e4b96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R290909f6080e41bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R284ccf7c67f14553"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca3d6d62c9a94743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R290909f6080e41bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5377cb7e95754c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R284ccf7c67f14553" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC - MSCI Emerging Markets UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5SSQT16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,916</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>10,820</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,896</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>27.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,010</x:t>
-[...495 lines deleted...]
-          <x:t>10,897</x:t>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>