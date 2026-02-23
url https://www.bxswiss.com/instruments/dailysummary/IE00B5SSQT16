--- v3 (2026-01-13)
+++ v4 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R097debf8d03e4b96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88df26c678254e5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R284ccf7c67f14553"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R185c2b67b6aa4db2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5377cb7e95754c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R284ccf7c67f14553" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R768d9db3c7a1443f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R185c2b67b6aa4db2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC - MSCI Emerging Markets UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5SSQT16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>11,729</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,217</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>