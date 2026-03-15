--- v4 (2026-02-23)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88df26c678254e5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab9346e70e5245c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R185c2b67b6aa4db2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a17dc6751524794"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R768d9db3c7a1443f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R185c2b67b6aa4db2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3da30d7516e04e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a17dc6751524794" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC - MSCI Emerging Markets UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5SSQT16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>11,759</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,739</x:t>
-[...114 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>11,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,759</x:t>
-[...387 lines deleted...]
-          <x:t>12,217</x:t>
+          <x:t>11,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>