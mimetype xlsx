--- v0 (2025-10-12)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd064c4d5600e456c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86c8b1baa9e048fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5502d929ecc24143"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c3a5154d41d4ae1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b6bf277ee16461c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5502d929ecc24143" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5809410a5adf4d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c3a5154d41d4ae1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco STOXX Europe 600 Optimised Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5MTWD60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>162,816</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>