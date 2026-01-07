--- v1 (2025-11-26)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86c8b1baa9e048fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a0852202d342b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c3a5154d41d4ae1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2093afe867848c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5809410a5adf4d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c3a5154d41d4ae1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R026e179629d24eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2093afe867848c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco STOXX Europe 600 Optimised Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5MTWD60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>173,584</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>