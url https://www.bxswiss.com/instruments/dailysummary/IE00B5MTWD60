--- v2 (2026-01-07)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a0852202d342b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94c814c3493c4a20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2093afe867848c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd2626ee6130423f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R026e179629d24eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2093afe867848c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68815520547a4651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd2626ee6130423f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco STOXX Europe 600 Optimised Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5MTWD60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,524</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +224,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>