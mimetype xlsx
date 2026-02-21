--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94c814c3493c4a20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceba6cc3ea424bfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd2626ee6130423f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dcbae519d7047e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68815520547a4651" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd2626ee6130423f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88536a1cd3974fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dcbae519d7047e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco STOXX Europe 600 Optimised Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5MTWD60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,746</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>