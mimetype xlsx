--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6e218e8eb784c82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd37d486600e45b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0af45faad6384187"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc8d1f325264f65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3e679e718a9464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0af45faad6384187" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0943f23a258449a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc8d1f325264f65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III J.P. Morgan EM Local Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5M4WH52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>36,902</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>