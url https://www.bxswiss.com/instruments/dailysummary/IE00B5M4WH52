--- v1 (2025-11-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd37d486600e45b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c9897b847ba467b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc8d1f325264f65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00f5b999fdf042f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0943f23a258449a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc8d1f325264f65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c5fff3b8dd24109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00f5b999fdf042f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III J.P. Morgan EM Local Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5M4WH52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...296 lines deleted...]
-          <x:t>11.11.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,502</x:t>
-[...279 lines deleted...]
-          <x:t>37,860</x:t>
+          <x:t>37,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>