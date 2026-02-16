--- v2 (2026-01-07)
+++ v3 (2026-02-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c9897b847ba467b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c9d4468c63746f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00f5b999fdf042f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b6829e3a9924b83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c5fff3b8dd24109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00f5b999fdf042f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re89dc51536694fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b6829e3a9924b83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III J.P. Morgan EM Local Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5M4WH52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>37,612</x:t>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>37,592</x:t>
-[...53 lines deleted...]
-          <x:t>38,101</x:t>
+          <x:t>37,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>