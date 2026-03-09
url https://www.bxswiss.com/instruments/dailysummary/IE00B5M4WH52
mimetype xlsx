--- v3 (2026-02-16)
+++ v4 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c9d4468c63746f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4acf18c3d9d74bd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b6829e3a9924b83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b6708d2021b4a10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re89dc51536694fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b6829e3a9924b83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra40bd0fa775f462e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b6708d2021b4a10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III J.P. Morgan EM Local Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5M4WH52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>36,966</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,013</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...229 lines deleted...]
-          <x:t>36,970</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,795</x:t>
-[...188 lines deleted...]
-          <x:t>36,731</x:t>
+          <x:t>36,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>