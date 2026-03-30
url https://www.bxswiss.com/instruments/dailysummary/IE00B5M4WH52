--- v4 (2026-03-09)
+++ v5 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4acf18c3d9d74bd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R752b6ee0c3734a61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b6708d2021b4a10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf1938b7427b46d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra40bd0fa775f462e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b6708d2021b4a10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26e67e3250a84275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf1938b7427b46d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III J.P. Morgan EM Local Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5M4WH52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...117 lines deleted...]
-          <x:t>36,861</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,783</x:t>
-[...448 lines deleted...]
-          <x:t>36,453</x:t>
+          <x:t>36,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,980</x:t>
+          <x:t>36,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>