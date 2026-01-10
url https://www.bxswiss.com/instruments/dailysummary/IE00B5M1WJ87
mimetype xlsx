--- v0 (2025-10-31)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd264a9c9c2a7490c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae95a3e559b44263" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a929cd1b0644ced"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra768468796644193"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re348b36dbc454b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a929cd1b0644ced" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5dffd12044442f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra768468796644193" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P Euro Dividend Aristocrats UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5M1WJ87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>24,941</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,010</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>10.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,008</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>25,140</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,181</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>24,957</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>