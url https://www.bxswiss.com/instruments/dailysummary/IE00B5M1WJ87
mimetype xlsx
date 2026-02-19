--- v1 (2026-01-10)
+++ v2 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae95a3e559b44263" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d15752f764a4c33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra768468796644193"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32b22a18bd594051"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5dffd12044442f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra768468796644193" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0217bf0e57bc4e6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32b22a18bd594051" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P Euro Dividend Aristocrats UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5M1WJ87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>25,129</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,073</x:t>
-[...463 lines deleted...]
-          <x:t>25,797</x:t>
+          <x:t>25,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>