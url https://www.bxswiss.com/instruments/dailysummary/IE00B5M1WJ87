--- v2 (2026-02-19)
+++ v3 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d15752f764a4c33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd07e92b8f44406f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32b22a18bd594051"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec5458f099143d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0217bf0e57bc4e6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32b22a18bd594051" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34fdc09e5af84f98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec5458f099143d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P Euro Dividend Aristocrats UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5M1WJ87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>25,350</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,302</x:t>
-[...75 lines deleted...]
-          <x:t>25,246</x:t>
+          <x:t>25,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,122</x:t>
-[...65 lines deleted...]
-          <x:t>25,126</x:t>
+          <x:t>24,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,217</x:t>
-        </x:is>
-[...359 lines deleted...]
-          <x:t>26,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>