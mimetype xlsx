--- v0 (2025-10-15)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e3469c2af4f4648" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4c5bc7286434229" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R104e281c20814caa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5fce3e6a6674546"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc945324519ea47bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R104e281c20814caa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6d79ffeb88d4919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5fce3e6a6674546" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI EM Asia UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5L8K969</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>185,956</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>