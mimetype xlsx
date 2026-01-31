--- v1 (2026-01-08)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4c5bc7286434229" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0477e4f6c422488e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5fce3e6a6674546"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26bb47c284e649b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6d79ffeb88d4919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5fce3e6a6674546" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea6a070738ca48ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26bb47c284e649b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI EM Asia UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5L8K969</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,542</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +251,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,221</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>