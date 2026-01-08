--- v0 (2025-11-27)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ce3176eaacf45ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5341b7f426b34d84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb61e95265baa47a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55b71e5457484f80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5a83714a0ed4d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb61e95265baa47a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddcfc548d1b84501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55b71e5457484f80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core S&amp;P 500 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5BMR087</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>575,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>587,972</x:t>
+          <x:t>581,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>575,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>584,275</x:t>
-[...6 lines deleted...]
-          <x:t>29.10.2025</x:t>
+          <x:t>577,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>575,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>590,629</x:t>
+          <x:t>583,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>575,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>588,399</x:t>
-[...222 lines deleted...]
-          <x:t>11.11.2025</x:t>
+          <x:t>580,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>590,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>590,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>582,590</x:t>
-[...254 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>579,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>582,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>582,061</x:t>
-[...63 lines deleted...]
-          <x:t>587,438</x:t>
+          <x:t>591,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>