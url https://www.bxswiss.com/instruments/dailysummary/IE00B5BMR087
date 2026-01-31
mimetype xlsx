--- v1 (2026-01-08)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5341b7f426b34d84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16fbff60859241f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55b71e5457484f80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R749d93edce8940ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddcfc548d1b84501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55b71e5457484f80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc7ecefc9bea4407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R749d93edce8940ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core S&amp;P 500 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5BMR087</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>570,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>585,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>570,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>584,807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +251,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>555,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>594,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>555,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>593,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>