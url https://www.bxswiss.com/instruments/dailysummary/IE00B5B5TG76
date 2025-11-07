--- v0 (2025-10-07)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3b61c5042c7452d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd4f9f0e9adc466a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2ac420568704727"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafadd8708716488c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0c0a3f1f4574900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2ac420568704727" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3471a0e03b764e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafadd8708716488c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX 50 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5B5TG76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>