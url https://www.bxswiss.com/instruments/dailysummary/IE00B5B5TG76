--- v1 (2025-11-07)
+++ v2 (2025-11-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd4f9f0e9adc466a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45dba68601d4484d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafadd8708716488c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc62f46d37aa349e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3471a0e03b764e1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafadd8708716488c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2b3bc4c39904f13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc62f46d37aa349e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX 50 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5B5TG76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>51,332</x:t>
-[...630 lines deleted...]
-          <x:t>50,878</x:t>
+          <x:t>50,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>