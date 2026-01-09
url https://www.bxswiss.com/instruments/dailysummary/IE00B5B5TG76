--- v2 (2025-11-27)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45dba68601d4484d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1c5e985a43e4a07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc62f46d37aa349e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc65babd78d3d4ca3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2b3bc4c39904f13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc62f46d37aa349e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeccdb137cb543e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc65babd78d3d4ca3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX 50 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5B5TG76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>51,305</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>51,194</x:t>
-[...151 lines deleted...]
-          <x:t>51,258</x:t>
+          <x:t>51,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,824</x:t>
-[...409 lines deleted...]
-          <x:t>51,454</x:t>
+          <x:t>51,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>