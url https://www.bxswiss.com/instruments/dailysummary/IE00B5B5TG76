--- v3 (2026-01-09)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1c5e985a43e4a07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d0d1de717e64b20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc65babd78d3d4ca3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R173c5be963d64588"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeccdb137cb543e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc65babd78d3d4ca3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ca34525244c45c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R173c5be963d64588" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX 50 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5B5TG76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,104 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +575,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>