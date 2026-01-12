--- v4 (2026-01-11)
+++ v5 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d0d1de717e64b20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R645b5e03316147e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R173c5be963d64588"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc799b66a65474311"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ca34525244c45c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R173c5be963d64588" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dff4b3de7a44ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc799b66a65474311" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX 50 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5B5TG76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,968</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>