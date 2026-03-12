--- v5 (2026-01-12)
+++ v6 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R645b5e03316147e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc88984066454d69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc799b66a65474311"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2024306b66f4823"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dff4b3de7a44ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc799b66a65474311" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8618ce59e631474d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2024306b66f4823" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX 50 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5B5TG76</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,524</x:t>
-[...90 lines deleted...]
-          <x:t>54,125</x:t>
+          <x:t>53,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>