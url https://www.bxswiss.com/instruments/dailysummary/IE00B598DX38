--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6568dbdcf5bd4c91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2681e231d1d74b3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R129730ccf5dc48d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8392193ef744a2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38c77ee77c37479a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R129730ccf5dc48d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4634fe26678b40b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8392193ef744a2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS - Bloomberg Commodity Index SF UCITS ETF (hedged to CHF) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B598DX38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>50,330</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,330</x:t>
-[...404 lines deleted...]
-          <x:t>50,996</x:t>
+          <x:t>51,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,680</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>52,011</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>