--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2681e231d1d74b3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc39d870a5fe840e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8392193ef744a2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca04e1ebad564b51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4634fe26678b40b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8392193ef744a2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91d78ddd56104a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca04e1ebad564b51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS - Bloomberg Commodity Index SF UCITS ETF (hedged to CHF) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B598DX38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>50,996</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,680</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...354 lines deleted...]
-          <x:t>24.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,440</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>52,191</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>