--- v2 (2025-11-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc39d870a5fe840e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc5392823b794e7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca04e1ebad564b51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c14c1354ebc4022"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91d78ddd56104a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca04e1ebad564b51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R727f1dc8972f4dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c14c1354ebc4022" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(I)FS - Bloomberg Commodity Index SF UCITS ETF (hedged to CHF) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B598DX38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>52,810</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>