--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba606cb03a34420b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55b3dfc1119a427e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R492c038d65e94742"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8d96196517f4ce7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c0107d80d884f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R492c038d65e94742" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re070364d205e4109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8d96196517f4ce7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - CMCI Composite SF UCITS ETF A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B58FQX63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>75,532</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,430</x:t>
-[...291 lines deleted...]
-          <x:t>75,662</x:t>
+          <x:t>75,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,965</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>76,338</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>