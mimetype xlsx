--- v1 (2025-10-30)
+++ v2 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55b3dfc1119a427e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb53de1e7973441ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8d96196517f4ce7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R243801547c63425d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re070364d205e4109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8d96196517f4ce7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97a433c1dc454fda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R243801547c63425d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - CMCI Composite SF UCITS ETF A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B58FQX63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,342</x:t>
-[...75 lines deleted...]
-          <x:t>75,708</x:t>
+          <x:t>75,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,975</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>76,590</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>