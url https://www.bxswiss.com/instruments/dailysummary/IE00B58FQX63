--- v2 (2025-12-17)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb53de1e7973441ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dc5d30fc6ea455a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R243801547c63425d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a5b76c00524af2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97a433c1dc454fda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R243801547c63425d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bed82480c2a42cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a5b76c00524af2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - CMCI Composite SF UCITS ETF A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B58FQX63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>76,085</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,698</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>77,016</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,458</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>75,188</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>