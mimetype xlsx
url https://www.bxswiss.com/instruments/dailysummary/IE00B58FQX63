--- v3 (2026-01-08)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dc5d30fc6ea455a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d3e7d561d6840bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a5b76c00524af2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d15ac8db9894384"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bed82480c2a42cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a5b76c00524af2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6584a99bd1294c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d15ac8db9894384" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - CMCI Composite SF UCITS ETF A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B58FQX63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +224,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>