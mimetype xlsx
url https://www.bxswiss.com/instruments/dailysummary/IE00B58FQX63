--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d3e7d561d6840bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1af363c5ad554eb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d15ac8db9894384"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3104fcc235e4de9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6584a99bd1294c88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d15ac8db9894384" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6707491dc964cd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3104fcc235e4de9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - CMCI Composite SF UCITS ETF A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B58FQX63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,693</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>