--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1af363c5ad554eb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c87e25d666a4525" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3104fcc235e4de9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R948cba33897e4bbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6707491dc964cd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3104fcc235e4de9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c066fb1c2a34375" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R948cba33897e4bbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - CMCI Composite SF UCITS ETF A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B58FQX63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,544 +149,166 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>79,576</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,439</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...226 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,449</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,596</x:t>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>