--- v0 (2025-10-25)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0b3753488a046a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref7277170c544255" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf57df044942744c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re06407da913f42e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64b2d153e85842eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf57df044942744c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8a09346cce9443b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re06407da913f42e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Dow Jones Global Leaders Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B57X3V84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>88,499</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>