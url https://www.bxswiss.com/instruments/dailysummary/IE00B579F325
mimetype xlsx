--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa8665595db14d2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57bb69626806409b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raecf5ec59e554184"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03b144afc37a4763"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ed6b426ddd64005" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raecf5ec59e554184" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R343d9f84e1e74ead" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03b144afc37a4763" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Physical Gold ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B579F325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>295,283</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>