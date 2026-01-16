--- v1 (2025-11-14)
+++ v2 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57bb69626806409b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R150be2cef5a54f36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03b144afc37a4763"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb8fe6ef2b99455a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R343d9f84e1e74ead" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03b144afc37a4763" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7490d6568751432b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb8fe6ef2b99455a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Physical Gold ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B579F325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>320,919</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>