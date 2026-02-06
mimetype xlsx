--- v2 (2026-01-16)
+++ v3 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R150be2cef5a54f36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66e6f4ad55c8494b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb8fe6ef2b99455a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8780b1df1f1445a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7490d6568751432b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb8fe6ef2b99455a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4d78a6627f34767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8780b1df1f1445a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Physical Gold ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B579F325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,293 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>