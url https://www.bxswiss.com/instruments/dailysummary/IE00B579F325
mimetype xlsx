--- v3 (2026-02-06)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66e6f4ad55c8494b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5670a6052304224" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8780b1df1f1445a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad2596e809b24c92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4d78a6627f34767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8780b1df1f1445a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc3a358dbdda4c13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad2596e809b24c92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Physical Gold ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B579F325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>382,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>382,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,985</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>