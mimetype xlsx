--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5670a6052304224" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd8c82092c0b4ec5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad2596e809b24c92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d9606a9b8ba4ad8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc3a358dbdda4c13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad2596e809b24c92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6098370ae3b44192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d9606a9b8ba4ad8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Physical Gold ETC</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B579F325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>384,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>