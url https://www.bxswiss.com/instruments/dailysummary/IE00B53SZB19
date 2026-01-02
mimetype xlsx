--- v0 (2025-10-12)
+++ v1 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R637fd045436249c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb69008f597a400c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb54e26431dcd4d87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b4084e2b334ca4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R217cc542b3f646a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb54e26431dcd4d87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R736f3c8ee7f84eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b4084e2b334ca4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Nasdaq 100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53SZB19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.131,390</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.146,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.151,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.141,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.153,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.145,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.138,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.152,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.157,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.143,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.158,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.152,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.157,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>