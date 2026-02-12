--- v1 (2026-01-02)
+++ v2 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb69008f597a400c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63871176f0cf4bab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b4084e2b334ca4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72526a0704684a10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R736f3c8ee7f84eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b4084e2b334ca4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ffb2fd217fd49c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72526a0704684a10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Nasdaq 100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53SZB19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>1.157,323</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.176,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.000,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.000,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.182,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.158,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.152,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.146,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.130,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.138,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.153,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.158,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.164,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.152,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.143,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.158,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.153,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.151,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.119,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.126,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.141,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.126,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.157,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.130,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.114,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.114,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.113,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.114,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.110,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.106,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,739</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>