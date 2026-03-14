--- v2 (2026-02-12)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63871176f0cf4bab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11c449d7327341ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72526a0704684a10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf71e0b7ab16743fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ffb2fd217fd49c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72526a0704684a10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fb59940407a4a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf71e0b7ab16743fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Nasdaq 100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53SZB19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.112,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.114,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.102,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.110,891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.106,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.123,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.101,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.111,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.119,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.107,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.114,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.110,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.107,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.106,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.107,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.107,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.119,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.107,969</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>