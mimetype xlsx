--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb109c46ec05a4e6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc06bbefb7ef46a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2daa4afb516478a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85650bee46104b1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91d99f451398497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2daa4afb516478a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3874e4e8808b42a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85650bee46104b1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core MSCI EMU UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53QG562</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>192,329</x:t>
-[...360 lines deleted...]
-          <x:t>198,152</x:t>
+          <x:t>194,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>