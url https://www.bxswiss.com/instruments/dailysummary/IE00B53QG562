--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc06bbefb7ef46a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77623853fd87498d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85650bee46104b1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfae6d56b569f4d83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3874e4e8808b42a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85650bee46104b1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb25bf66c89ce45c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfae6d56b569f4d83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core MSCI EMU UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53QG562</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>197,918</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>196,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,309</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>