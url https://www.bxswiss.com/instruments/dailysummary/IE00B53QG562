--- v2 (2025-11-21)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77623853fd87498d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re19ae70846c54fa0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfae6d56b569f4d83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9bc5d18c09048c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb25bf66c89ce45c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfae6d56b569f4d83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2d449f03d3341bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9bc5d18c09048c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core MSCI EMU UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53QG562</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>194,543</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,481</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>