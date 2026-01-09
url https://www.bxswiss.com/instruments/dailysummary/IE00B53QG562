--- v3 (2026-01-08)
+++ v4 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re19ae70846c54fa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0b2cf8b61714af6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9bc5d18c09048c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff2df541e99a4c46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2d449f03d3341bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9bc5d18c09048c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R820886aa5df54405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff2df541e99a4c46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core MSCI EMU UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53QG562</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,481</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>