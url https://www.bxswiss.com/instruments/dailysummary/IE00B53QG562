--- v4 (2026-01-09)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0b2cf8b61714af6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60aad91eea3646ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff2df541e99a4c46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref03ed4d40e04fe1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R820886aa5df54405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff2df541e99a4c46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf72b3788ecd7484c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref03ed4d40e04fe1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core MSCI EMU UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53QG562</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,428</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>208,130</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>