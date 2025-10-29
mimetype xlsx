--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc9e7936387e4779" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9667e50ab5084e22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R767a273de7e4448c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7257cf29c4924c53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ee39ada8f6a4407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R767a273de7e4448c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00510deaa61b4ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7257cf29c4924c53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI Japan UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53QDK08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>191,099</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,644</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>193,971</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>