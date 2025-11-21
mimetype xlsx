--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9667e50ab5084e22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7e74bbc6136432a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7257cf29c4924c53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51be19f309764549"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00510deaa61b4ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7257cf29c4924c53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a976f0faabf44c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51be19f309764549" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI Japan UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53QDK08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>