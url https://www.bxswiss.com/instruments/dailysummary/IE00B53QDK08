--- v2 (2025-11-21)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7e74bbc6136432a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a805189eefc44a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51be19f309764549"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R213163bcf3ac4dd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a976f0faabf44c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51be19f309764549" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd17b01b6fbb4079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R213163bcf3ac4dd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI Japan UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53QDK08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>192,660</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>