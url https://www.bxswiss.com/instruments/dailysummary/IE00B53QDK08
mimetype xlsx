--- v3 (2026-01-07)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a805189eefc44a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re67b494cc4d84c0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R213163bcf3ac4dd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce4de201c7bb46f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd17b01b6fbb4079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R213163bcf3ac4dd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra09372f0e4dc45d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce4de201c7bb46f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI Japan UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53QDK08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +224,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>