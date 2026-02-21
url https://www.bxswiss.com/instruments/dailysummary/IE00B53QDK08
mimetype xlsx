--- v4 (2026-01-31)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re67b494cc4d84c0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59e04460cd2a4492" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce4de201c7bb46f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e075579efea4196"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra09372f0e4dc45d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce4de201c7bb46f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6371f488cecd4afd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e075579efea4196" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI Japan UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53QDK08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>