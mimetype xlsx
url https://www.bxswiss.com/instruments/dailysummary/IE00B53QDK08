--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59e04460cd2a4492" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5816361e98d408d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e075579efea4196"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bbad14017324287"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6371f488cecd4afd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e075579efea4196" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4941a7fd80e4915" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bbad14017324287" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI Japan UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53QDK08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>206,005</x:t>
-[...387 lines deleted...]
-          <x:t>217,375</x:t>
+          <x:t>197,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>