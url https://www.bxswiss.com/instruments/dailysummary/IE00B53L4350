--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab875d0ac2274dc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fcb6a9bc8e74b51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R226f60f34d2e41bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc32b196a49b44c42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb37a6d9a4e6f4092" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R226f60f34d2e41bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6302a99a167f49a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc32b196a49b44c42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Dow Jones Industrial Average UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53L4350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>446,035</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>