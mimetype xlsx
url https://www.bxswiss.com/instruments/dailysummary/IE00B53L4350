--- v1 (2025-11-25)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fcb6a9bc8e74b51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree05d63a27234cad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc32b196a49b44c42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeb164bc055f4c15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6302a99a167f49a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc32b196a49b44c42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f52694c377f4223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeb164bc055f4c15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Dow Jones Industrial Average UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53L4350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>455,243</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>