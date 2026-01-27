--- v2 (2026-01-05)
+++ v3 (2026-01-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree05d63a27234cad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59ad50edb8df4527" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeb164bc055f4c15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dfe3308aa074285"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f52694c377f4223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeb164bc055f4c15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb7e47a5070040c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dfe3308aa074285" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Dow Jones Industrial Average UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53L4350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>463,162</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>463,892</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.12.2025</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>463,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>464,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>463,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>464,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>