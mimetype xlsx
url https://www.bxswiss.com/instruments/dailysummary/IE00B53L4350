--- v3 (2026-01-27)
+++ v4 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59ad50edb8df4527" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf88355031d049b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dfe3308aa074285"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raad50cc037a247f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb7e47a5070040c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dfe3308aa074285" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47c62cfbafa34ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raad50cc037a247f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Dow Jones Industrial Average UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53L4350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>474,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>475,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>472,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>472,566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>463,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>464,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>460,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>463,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>