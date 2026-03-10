--- v4 (2026-02-18)
+++ v5 (2026-03-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf88355031d049b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2df831fa80d4e49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raad50cc037a247f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56ae677470d84ed6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47c62cfbafa34ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raad50cc037a247f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R524d2075a8c94d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56ae677470d84ed6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Dow Jones Industrial Average UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53L4350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>455,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>458,908</x:t>
-[...387 lines deleted...]
-          <x:t>464,003</x:t>
+          <x:t>445,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,254</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>