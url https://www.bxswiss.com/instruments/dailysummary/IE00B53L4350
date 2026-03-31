--- v5 (2026-03-10)
+++ v6 (2026-03-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2df831fa80d4e49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbaaad84ead44b4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56ae677470d84ed6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ccc191429fc4500"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R524d2075a8c94d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56ae677470d84ed6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd27d8ba5b6a463e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ccc191429fc4500" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Dow Jones Industrial Average UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53L4350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>462,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>463,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>454,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>457,555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>441,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>440,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>