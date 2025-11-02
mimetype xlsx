--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61eca6828d3b4549" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c12774897524f1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fe317ac9b484596"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b86e01580b84daa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f58154e95b8440b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fe317ac9b484596" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d055ab3d3e74ffb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b86e01580b84daa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core EURO STOXX 50 UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53L3W79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,204</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>