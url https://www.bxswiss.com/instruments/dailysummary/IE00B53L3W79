--- v1 (2025-11-02)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c12774897524f1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4605e9323e7047ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b86e01580b84daa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e4a42ecd3904a61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d055ab3d3e74ffb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b86e01580b84daa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8152239418cb4b68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e4a42ecd3904a61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core EURO STOXX 50 UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53L3W79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>199,867</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>