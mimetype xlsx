--- v2 (2026-01-01)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4605e9323e7047ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb3bb4a4c7804cac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e4a42ecd3904a61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re971909b2cdb484c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8152239418cb4b68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e4a42ecd3904a61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf67e01e8e32e4d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re971909b2cdb484c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core EURO STOXX 50 UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53L3W79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>202,024</x:t>
+          <x:t>208,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>201,945</x:t>
-[...6 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>207,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>203,754</x:t>
+          <x:t>211,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>202,677</x:t>
-[...458 lines deleted...]
-          <x:t>205,703</x:t>
+          <x:t>211,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>