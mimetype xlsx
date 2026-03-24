--- v3 (2026-02-11)
+++ v4 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb3bb4a4c7804cac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad225ff0c2d84b67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re971909b2cdb484c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea126c53a9e44d70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf67e01e8e32e4d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re971909b2cdb484c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fe9e6ae06c9491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea126c53a9e44d70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core EURO STOXX 50 UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53L3W79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>210,761</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>