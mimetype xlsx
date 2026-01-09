--- v0 (2025-10-12)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf72e92ab8d1476a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb7f400d4bd84a41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c43d28e1e9243db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56d0d5cfaf054db7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6275b9e178a24cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c43d28e1e9243db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f738c8b196a4e39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56d0d5cfaf054db7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core FTSE 100 UCITS ETF GBP Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53HP851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>201,160</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>