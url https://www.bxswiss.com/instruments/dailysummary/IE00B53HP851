--- v1 (2026-01-09)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb7f400d4bd84a41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd18b70411f234716" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56d0d5cfaf054db7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02b115bec0f24175"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f738c8b196a4e39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56d0d5cfaf054db7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb66eb655ba314b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02b115bec0f24175" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core FTSE 100 UCITS ETF GBP Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53HP851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,360</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>