--- v2 (2026-01-10)
+++ v3 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd18b70411f234716" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e84b55aeafa4aef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02b115bec0f24175"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc611e4713bbb440b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb66eb655ba314b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02b115bec0f24175" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50d23707171b4e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc611e4713bbb440b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core FTSE 100 UCITS ETF GBP Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53HP851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>