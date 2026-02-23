--- v3 (2026-02-02)
+++ v4 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e84b55aeafa4aef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb612efd64b74385" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc611e4713bbb440b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3b03af7008c4d9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50d23707171b4e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc611e4713bbb440b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41bc82c1b7904eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3b03af7008c4d9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core FTSE 100 UCITS ETF GBP Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53HP851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,191</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,788</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>