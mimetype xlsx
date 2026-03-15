--- v4 (2026-02-23)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb612efd64b74385" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfab4f13540f04967" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3b03af7008c4d9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R057da0d99a38488d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41bc82c1b7904eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3b03af7008c4d9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5f7e9c20fa74db6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R057da0d99a38488d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core FTSE 100 UCITS ETF GBP Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53HP851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>