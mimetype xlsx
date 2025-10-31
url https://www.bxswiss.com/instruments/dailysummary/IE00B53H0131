--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24edced7581f4410" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4e3017517bd427b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24b266c9b2424b7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6d62411aeac41e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1aecb21dd2d24726" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24b266c9b2424b7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7af870df7294150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6d62411aeac41e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - CMCI Composite SF UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53H0131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>87,892</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,349</x:t>
-[...382 lines deleted...]
-          <x:t>90,129</x:t>
+          <x:t>88,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>