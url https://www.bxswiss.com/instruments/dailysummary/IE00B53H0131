--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4e3017517bd427b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R017276e065ee42da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6d62411aeac41e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb10ced43862049c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7af870df7294150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6d62411aeac41e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e6ea699b9cc499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb10ced43862049c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - CMCI Composite SF UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53H0131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,962</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>