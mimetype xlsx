--- v2 (2025-11-21)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R017276e065ee42da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09505d62900f4d50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb10ced43862049c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6384b814c3f04f51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e6ea699b9cc499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb10ced43862049c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4ba5cb37cb1437c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6384b814c3f04f51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - CMCI Composite SF UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53H0131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...392 lines deleted...]
-          <x:t>90,194</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,409</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...235 lines deleted...]
-          <x:t>90,330</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>