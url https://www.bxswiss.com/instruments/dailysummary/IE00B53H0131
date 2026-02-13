--- v3 (2025-12-31)
+++ v4 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09505d62900f4d50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R973b7ac68f80496a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6384b814c3f04f51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b8d26ad5b9e4096"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4ba5cb37cb1437c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6384b814c3f04f51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90a740207148402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b8d26ad5b9e4096" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - CMCI Composite SF UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53H0131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>91,749</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>91,412</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>