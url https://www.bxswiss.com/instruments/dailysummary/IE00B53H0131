--- v4 (2026-02-13)
+++ v5 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R973b7ac68f80496a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86dbb94fe9934cd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b8d26ad5b9e4096"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f7b3e969578470b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90a740207148402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b8d26ad5b9e4096" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re897e1afbddf4d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f7b3e969578470b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - CMCI Composite SF UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53H0131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...640 lines deleted...]
-          <x:t>91,827</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>