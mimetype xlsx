--- v0 (2025-10-15)
+++ v1 (2026-02-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8db5ce6a30134908" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21df89db7cc74ef5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2954e6162424f41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6fa790a7c444149"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R601f6cf3306743bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2954e6162424f41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb24ea05241154727" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6fa790a7c444149" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI UK UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B539F030</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>184,690</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>