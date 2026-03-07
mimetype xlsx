--- v1 (2026-02-15)
+++ v2 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21df89db7cc74ef5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09242ed2b3fa4fbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6fa790a7c444149"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23f71a186e614890"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb24ea05241154727" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6fa790a7c444149" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46c1adf132d846c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23f71a186e614890" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI UK UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B539F030</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,034</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>