--- v2 (2026-03-07)
+++ v3 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09242ed2b3fa4fbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R363f65aeb70f4497" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23f71a186e614890"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75dfe08a0b704553"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46c1adf132d846c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23f71a186e614890" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d76714fb2064080" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75dfe08a0b704553" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI UK UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B539F030</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,073</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>