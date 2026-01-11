--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01b826f718e74cda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f70a86bd96747cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc45df24d9c64f50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc39bebbad33942d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e67a653cce9428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc45df24d9c64f50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd508a842ed2468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc39bebbad33942d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Australia UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5377D42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>44,793</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,055</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>45,004</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>