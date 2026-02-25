--- v1 (2026-01-11)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f70a86bd96747cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R086b7a798511428d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc39bebbad33942d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf9db975b0234a87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd508a842ed2468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc39bebbad33942d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca6ca3a45a444f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf9db975b0234a87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Australia UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5377D42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>45,072</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>