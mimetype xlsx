--- v2 (2026-02-25)
+++ v3 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R086b7a798511428d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20a616131688475b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf9db975b0234a87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82b195ca3dc5446c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca6ca3a45a444f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf9db975b0234a87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafd4de5e8aed4d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82b195ca3dc5446c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Australia UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5377D42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,438 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,625</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>48,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,001</x:t>
         </x:is>
       </x:c>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>