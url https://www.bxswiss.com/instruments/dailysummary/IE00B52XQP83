--- v0 (2025-10-06)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ec7babd07bc4b99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fcabbfe45dd46cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra38406ee7b044799"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15834aaabccf4f80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54dc538a6b844047" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra38406ee7b044799" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0f2851b3a2747ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15834aaabccf4f80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI South Africa UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52XQP83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,319</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>