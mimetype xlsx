--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc41ca1ee05784147" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d8e5021d2bb404e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R921459929cac4c91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01e65657a2af4e25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R475d2eb076a44e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R921459929cac4c91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23a46c83be9f4ea7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01e65657a2af4e25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI Europe SRI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52VJ196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,635</x:t>
-[...522 lines deleted...]
-          <x:t>64,706</x:t>
+          <x:t>62,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>