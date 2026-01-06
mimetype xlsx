--- v1 (2025-11-25)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d8e5021d2bb404e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R168c0a7f74ae4a69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01e65657a2af4e25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73848baf7da74753"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23a46c83be9f4ea7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01e65657a2af4e25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57d4db9a60c84840" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73848baf7da74753" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI Europe SRI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52VJ196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...166 lines deleted...]
-          <x:t>64,828</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,071</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>63,979</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.11.2025</x:t>
-[...343 lines deleted...]
-          <x:t>62,931</x:t>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,942</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>