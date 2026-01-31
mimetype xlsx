--- v2 (2026-01-06)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R168c0a7f74ae4a69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7220997719ee4113" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73848baf7da74753"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc38c2f0c0000446a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57d4db9a60c84840" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73848baf7da74753" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81183238dc254743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc38c2f0c0000446a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI Europe SRI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52VJ196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,474</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +224,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>