--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7220997719ee4113" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09bb6e653ade4c71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc38c2f0c0000446a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebc6d73e60314257"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81183238dc254743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc38c2f0c0000446a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf878c37e494d47d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebc6d73e60314257" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI Europe SRI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52VJ196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>66,494</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>66,469</x:t>
-[...512 lines deleted...]
-          <x:t>65,695</x:t>
+          <x:t>65,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>