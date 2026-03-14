--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09bb6e653ade4c71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff85af6a34864f32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebc6d73e60314257"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfda409bbc8464cf4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf878c37e494d47d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebc6d73e60314257" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc333fb00e34a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfda409bbc8464cf4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI Europe SRI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52VJ196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>66,383</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>65,571</x:t>
-[...318 lines deleted...]
-          <x:t>65,457</x:t>
+          <x:t>66,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,491</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>66,908</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>