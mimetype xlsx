--- v0 (2025-10-15)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4ec25a691c44178" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R552d03e1a0244604" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8053c8b34e334530"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R937452e535df4e41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R351807b64a5447bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8053c8b34e334530" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33bd1c9bb65646fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R937452e535df4e41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52SFT06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>548,169</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>