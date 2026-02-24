--- v1 (2026-01-08)
+++ v2 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R552d03e1a0244604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1b6ed78e7614083" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R937452e535df4e41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e9796c7c84b4287"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33bd1c9bb65646fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R937452e535df4e41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R288a34aa70cc4937" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e9796c7c84b4287" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52SFT06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>572,067</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>