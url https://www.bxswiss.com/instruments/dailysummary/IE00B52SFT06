--- v2 (2026-02-24)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1b6ed78e7614083" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13b43002e7c248e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e9796c7c84b4287"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43f6cc2a062d422f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R288a34aa70cc4937" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e9796c7c84b4287" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5f11986d0094b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43f6cc2a062d422f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52SFT06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>553,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>554,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>543,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>543,556</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>547,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>552,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>543,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>545,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>