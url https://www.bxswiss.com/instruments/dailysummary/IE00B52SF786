--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17fa843a2cdb407a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf771656bfbbc4ad0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c8be21d4ecc46c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ade85d0959b43f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fd749d8ac4a4cbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c8be21d4ecc46c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23f7d3bddaa44d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ade85d0959b43f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI Canada UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52SF786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,903</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>