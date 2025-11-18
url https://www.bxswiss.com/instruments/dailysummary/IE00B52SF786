--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf771656bfbbc4ad0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racc671f97f08437d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ade85d0959b43f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00d644e377bc4b97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23f7d3bddaa44d7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ade85d0959b43f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0f844b433644690" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00d644e377bc4b97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI Canada UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52SF786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>205,715</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>205,006</x:t>
-[...281 lines deleted...]
-          <x:t>206,654</x:t>
+          <x:t>203,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,616</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>206,654</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,480</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...262 lines deleted...]
-          <x:t>206,903</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,083</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>