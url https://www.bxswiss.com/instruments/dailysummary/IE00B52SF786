--- v2 (2025-11-18)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racc671f97f08437d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re31aeb7a19ca4548" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00d644e377bc4b97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R911b1943176b4326"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0f844b433644690" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00d644e377bc4b97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd56c345d4e0d49ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R911b1943176b4326" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI Canada UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52SF786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>207,083</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,071</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>