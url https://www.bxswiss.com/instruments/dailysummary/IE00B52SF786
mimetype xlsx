--- v3 (2026-01-08)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re31aeb7a19ca4548" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra240f6056cdf4172" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R911b1943176b4326"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba97f50c62cd45b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd56c345d4e0d49ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R911b1943176b4326" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd071025976fa45c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba97f50c62cd45b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI Canada UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52SF786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,747</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>