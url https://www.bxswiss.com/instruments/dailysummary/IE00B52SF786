--- v4 (2026-01-31)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra240f6056cdf4172" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbda2fdeb7b04ec2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba97f50c62cd45b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36ee83f2b8494453"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd071025976fa45c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba97f50c62cd45b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ca47c0997b04d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36ee83f2b8494453" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI Canada UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52SF786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...559 lines deleted...]
-          <x:t>218,330</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>