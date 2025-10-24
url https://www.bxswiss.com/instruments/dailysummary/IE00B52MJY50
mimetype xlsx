--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20f3a12865ef4783" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0640472f54914e6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03f1a2b84991423d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f2270bd12ae44a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10c9275c5847455c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03f1a2b84991423d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ca066a869824b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f2270bd12ae44a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VIICore MSCI Pacific ex Japan UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52MJY50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>176,496</x:t>
-[...360 lines deleted...]
-          <x:t>176,921</x:t>
+          <x:t>177,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>