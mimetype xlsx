--- v1 (2025-10-24)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0640472f54914e6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9563306665f7494b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f2270bd12ae44a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd940fb1d29b84e7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ca066a869824b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f2270bd12ae44a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf3da64cc9274479" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd940fb1d29b84e7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VIICore MSCI Pacific ex Japan UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52MJY50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>174,318</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>