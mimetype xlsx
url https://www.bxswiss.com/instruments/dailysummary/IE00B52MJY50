--- v2 (2026-01-09)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9563306665f7494b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc8cff7368a64c7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd940fb1d29b84e7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R568d2d0fe11041dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf3da64cc9274479" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd940fb1d29b84e7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bbdf65c49934833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R568d2d0fe11041dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VIICore MSCI Pacific ex Japan UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52MJY50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,574</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>