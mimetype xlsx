--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc8cff7368a64c7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R294775d09ff74b98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R568d2d0fe11041dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50af5fe4767a481d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bbdf65c49934833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R568d2d0fe11041dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R072fd080ac2c45da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50af5fe4767a481d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VIICore MSCI Pacific ex Japan UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52MJY50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>