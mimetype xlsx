--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R294775d09ff74b98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d582ce85b5f4a4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50af5fe4767a481d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0649b07206d406f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R072fd080ac2c45da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50af5fe4767a481d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R095d021720e14949" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0649b07206d406f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VIICore MSCI Pacific ex Japan UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52MJY50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,004</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>