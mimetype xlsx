--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R640a559cb2fa4373" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf553147a0bf84212" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc85c8fe0c50e46e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03e272b50de84870"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra916aac8d0424122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc85c8fe0c50e46e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3f169c63865408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03e272b50de84870" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Nikkei 225 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52MJD48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,119</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>