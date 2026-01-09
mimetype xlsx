--- v1 (2025-10-31)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf553147a0bf84212" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75441ffa41854640" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03e272b50de84870"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ee13ef93d2f445d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3f169c63865408d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03e272b50de84870" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra57856ef812c4897" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ee13ef93d2f445d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Nikkei 225 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52MJD48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>273,061</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>