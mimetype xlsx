--- v2 (2026-01-09)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75441ffa41854640" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6704ec873a394b9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ee13ef93d2f445d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe11cd829ac444c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra57856ef812c4897" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ee13ef93d2f445d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31a136b5690c468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe11cd829ac444c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Nikkei 225 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52MJD48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>266,067</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>