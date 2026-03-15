--- v3 (2026-02-23)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6704ec873a394b9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce68395d0a1145f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe11cd829ac444c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R596c39c58a8347b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31a136b5690c468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe11cd829ac444c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98b3a66535ab4a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R596c39c58a8347b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Nikkei 225 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52MJD48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>272,087</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,139</x:t>
-        </x:is>
-[...516 lines deleted...]
-          <x:t>290,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>