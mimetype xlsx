--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2c0816c4f31457f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebb632dd49654548" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2914c5349d1240ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8237d305db884b47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34b7c6253da6417d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2914c5349d1240ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60136b03072e41d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8237d305db884b47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core Euro Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WXJJ64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>102,925</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>102,838</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,989</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...489 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,437</x:t>
-[...36 lines deleted...]
-          <x:t>102,698</x:t>
+          <x:t>102,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>