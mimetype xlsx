--- v1 (2025-10-28)
+++ v2 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebb632dd49654548" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R130129b082b94075" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8237d305db884b47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eee75543ac34044"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60136b03072e41d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8237d305db884b47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f41fe204c14bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eee75543ac34044" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core Euro Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WXJJ64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>103,064</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,212</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>10.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,373</x:t>
-[...306 lines deleted...]
-          <x:t>103,110</x:t>
+          <x:t>103,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>