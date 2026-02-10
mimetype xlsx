--- v2 (2025-11-17)
+++ v3 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R130129b082b94075" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R706ec3d4a560480d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eee75543ac34044"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra72382cea05b406d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f41fe204c14bc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eee75543ac34044" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58f71f8de0694867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra72382cea05b406d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core Euro Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WXJJ64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>30.10.2025</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,393</x:t>
-[...306 lines deleted...]
-          <x:t>102,238</x:t>
+          <x:t>103,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>