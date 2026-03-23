--- v3 (2026-02-10)
+++ v4 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R706ec3d4a560480d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7486ab97661e4c4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra72382cea05b406d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61ab16ba85c34c7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58f71f8de0694867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra72382cea05b406d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb08faa9cbc84948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61ab16ba85c34c7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core Euro Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WXJJ64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,910</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>100,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,222</x:t>
-[...144 lines deleted...]
-          <x:t>100,429</x:t>
+          <x:t>101,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,503</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>