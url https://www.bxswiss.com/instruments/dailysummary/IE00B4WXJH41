--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc46e241a3b0c4479" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re49ef406e9194e4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R957986474f7a4376"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5f0820f80cb4a11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R154970bb157e43d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R957986474f7a4376" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2265037e36a41b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5f0820f80cb4a11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III € Govt Bond 10-15yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WXJH41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,200 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>138,855</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,431</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...356 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,431</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>139,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,116</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,735</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>