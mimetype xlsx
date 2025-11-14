--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re49ef406e9194e4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fa45cdd06b34668" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5f0820f80cb4a11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaea83f39d084754"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2265037e36a41b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5f0820f80cb4a11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R637d8f40785a47b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaea83f39d084754" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III € Govt Bond 10-15yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WXJH41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>