--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fa45cdd06b34668" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58be44bd812c4a28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaea83f39d084754"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f30001347d8445c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R637d8f40785a47b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaea83f39d084754" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc9b9e8372cc4b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f30001347d8445c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III € Govt Bond 10-15yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WXJH41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,897</x:t>
-[...630 lines deleted...]
-          <x:t>139,128</x:t>
+          <x:t>138,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>