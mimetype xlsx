--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58be44bd812c4a28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc38ccc9a8b84894" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f30001347d8445c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7985cea233d34769"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc9b9e8372cc4b81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f30001347d8445c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref74dfd1afc4468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7985cea233d34769" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III € Govt Bond 10-15yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WXJH41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,367</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>