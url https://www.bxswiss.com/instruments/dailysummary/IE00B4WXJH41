--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc38ccc9a8b84894" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d7fc6f8198548db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7985cea233d34769"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12430e563f2048d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref74dfd1afc4468d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7985cea233d34769" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01ef7bdb62bf487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12430e563f2048d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III € Govt Bond 10-15yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WXJH41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>139,950</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>