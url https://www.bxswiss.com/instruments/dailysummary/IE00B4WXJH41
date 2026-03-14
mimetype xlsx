--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d7fc6f8198548db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29795b872c2148ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12430e563f2048d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62792d0ed2024c44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01ef7bdb62bf487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12430e563f2048d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4c4756a9a094142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62792d0ed2024c44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III € Govt Bond 10-15yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WXJH41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>137,407</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,489</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...435 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,630</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,796</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>