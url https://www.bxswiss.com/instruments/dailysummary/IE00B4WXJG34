--- v0 (2025-10-15)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd53ef258cadc4346" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcf652b60a624167" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00494310a87c451c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15d06fe228c24161"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34d024e018664ad5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00494310a87c451c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf15be0ecdf24f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15d06fe228c24161" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III € Govt Bond 5-7yr UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WXJG34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>134,942</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,059</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>136,104</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>