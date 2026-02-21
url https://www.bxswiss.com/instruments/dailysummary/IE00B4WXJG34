--- v1 (2026-01-08)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcf652b60a624167" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07bd24dc6f4a4b3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15d06fe228c24161"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11ef206345ed4108"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf15be0ecdf24f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15d06fe228c24161" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae59f1b455fd4989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11ef206345ed4108" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III € Govt Bond 5-7yr UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WXJG34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>136,078</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>