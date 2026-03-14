--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07bd24dc6f4a4b3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R970b5caf69ef4919" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11ef206345ed4108"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd27365b562f4ff9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae59f1b455fd4989" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11ef206345ed4108" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ea01821e68b4b3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd27365b562f4ff9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III € Govt Bond 5-7yr UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WXJG34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,909</x:t>
-[...210 lines deleted...]
-          <x:t>132,850</x:t>
+          <x:t>133,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,060</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>133,206</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>