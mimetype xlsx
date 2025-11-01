--- v0 (2025-10-08)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae2e1959553841b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2edff1d446d480e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19ed75dde0e1431c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re24ff37ff7ca4913"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc582e0b94a87478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19ed75dde0e1431c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re751ad9a19214701" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re24ff37ff7ca4913" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Pacific ex-Japan UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WXJD03</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>41,489</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,261</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>41,325</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>41,891</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>