--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85b92d3e15bf4f26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c3323068dbd47ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re05b6073a5344e5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec77ad2cbe5455e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73188f3d588247a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re05b6073a5344e5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra550185bfa0248cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec77ad2cbe5455e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Longer Dated All Commodities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WPHX27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>19,837</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,783</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>19,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,648</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,789</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>