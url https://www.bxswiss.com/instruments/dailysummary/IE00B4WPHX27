--- v1 (2025-10-24)
+++ v2 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c3323068dbd47ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fe0fca88dac4a2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec77ad2cbe5455e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3806ac7fb541480e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra550185bfa0248cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec77ad2cbe5455e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50484836a5d043fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3806ac7fb541480e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Longer Dated All Commodities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WPHX27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>20,527</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,964</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>