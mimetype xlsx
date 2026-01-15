--- v2 (2025-12-26)
+++ v3 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fe0fca88dac4a2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R179aef8e25174a15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3806ac7fb541480e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f5dda95231e4c34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50484836a5d043fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3806ac7fb541480e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9626f0b5b6ff40c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f5dda95231e4c34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Longer Dated All Commodities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WPHX27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>21,190</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,227</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>20,964</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>