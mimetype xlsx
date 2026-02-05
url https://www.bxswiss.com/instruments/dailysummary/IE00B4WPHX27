--- v3 (2026-01-15)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R179aef8e25174a15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76fa02a2e7624075" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f5dda95231e4c34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c011ca81a364196"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9626f0b5b6ff40c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f5dda95231e4c34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf02ff7e7b7694e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c011ca81a364196" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Longer Dated All Commodities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WPHX27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,293 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>