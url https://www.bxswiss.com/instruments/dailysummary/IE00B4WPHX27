--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76fa02a2e7624075" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48c7130349cf4d6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c011ca81a364196"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0da690cf13a450f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf02ff7e7b7694e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c011ca81a364196" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf35925b7ab64c4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0da690cf13a450f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Longer Dated All Commodities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WPHX27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>21,272</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,429</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>22,264</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,105</x:t>
-[...404 lines deleted...]
-          <x:t>21,915</x:t>
+          <x:t>22,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>