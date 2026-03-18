--- v5 (2026-02-25)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48c7130349cf4d6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcecf164ccdff4384" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0da690cf13a450f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e943d7b52b348cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf35925b7ab64c4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0da690cf13a450f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6ba409a227548a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e943d7b52b348cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Longer Dated All Commodities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WPHX27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,524</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>