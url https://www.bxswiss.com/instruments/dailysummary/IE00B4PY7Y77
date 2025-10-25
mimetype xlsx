--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea6d0d5e657a47fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36007abf0ce64b0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bbd71e1040e4bcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a160ae787844ff5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re196445fcfd444d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bbd71e1040e4bcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78e4043bfba04444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a160ae787844ff5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II $ High Yield Corp Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4PY7Y77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>77,937</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,642</x:t>
-[...242 lines deleted...]
-          <x:t>77,754</x:t>
+          <x:t>78,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,073</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>