--- v1 (2025-10-25)
+++ v2 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36007abf0ce64b0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26914399a4334906" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a160ae787844ff5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raddaf4d31d404fc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78e4043bfba04444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a160ae787844ff5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a845b172f0342ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raddaf4d31d404fc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II $ High Yield Corp Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4PY7Y77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>78,073</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>