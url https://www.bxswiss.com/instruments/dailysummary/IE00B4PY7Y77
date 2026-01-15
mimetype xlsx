--- v2 (2025-12-26)
+++ v3 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26914399a4334906" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2b6cc736ccb4da5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raddaf4d31d404fc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1270d329b72e4a59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a845b172f0342ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raddaf4d31d404fc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c7b298820e34870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1270d329b72e4a59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II $ High Yield Corp Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4PY7Y77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>76,966</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,066</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>75,658</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>