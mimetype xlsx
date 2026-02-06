--- v3 (2026-01-15)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2b6cc736ccb4da5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1aa092fb26e4adf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1270d329b72e4a59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R256d82bb23dd4921"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c7b298820e34870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1270d329b72e4a59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdce98a56ce05455f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R256d82bb23dd4921" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II $ High Yield Corp Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4PY7Y77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,293 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,395</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>