--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1aa092fb26e4adf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74ec5eeb7a3948d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R256d82bb23dd4921"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c06e58fa5424358"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdce98a56ce05455f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R256d82bb23dd4921" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R737187565b3f46f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c06e58fa5424358" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II $ High Yield Corp Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4PY7Y77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,941</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>