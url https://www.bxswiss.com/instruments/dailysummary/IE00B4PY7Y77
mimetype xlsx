--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74ec5eeb7a3948d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R416fa82dc36c4e0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c06e58fa5424358"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86967a579e6a4090"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R737187565b3f46f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c06e58fa5424358" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31afbc37b9554147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86967a579e6a4090" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II $ High Yield Corp Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4PY7Y77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>74,913</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,179</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>73,843</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>