--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R171e2cf0645f4e7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6823adc7dba4409" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R154e92c38c1d48fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaaa3bac377747e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68937936e1c446ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R154e92c38c1d48fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84e987af0d7846af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaaa3bac377747e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Materials Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4MKCJ84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>10,131</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,977</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...305 lines deleted...]
-          <x:t>26.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,910</x:t>
-[...97 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>9,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,906</x:t>
-        </x:is>
-[...40 lines deleted...]
-          <x:t>10,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>