--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6823adc7dba4409" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R785f1f04bdb147d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaaa3bac377747e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96168072f19946d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84e987af0d7846af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaaa3bac377747e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R263b5fb99ab64874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96168072f19946d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Materials Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4MKCJ84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>10,087</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,142</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>9,906</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>