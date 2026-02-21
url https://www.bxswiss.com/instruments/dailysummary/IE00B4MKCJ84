--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R785f1f04bdb147d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84e7730e552748e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96168072f19946d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra45df02c48fe4815"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R263b5fb99ab64874" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96168072f19946d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb4c4bb35f704932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra45df02c48fe4815" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Materials Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4MKCJ84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>10,561</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>