--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84e7730e552748e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f1016fdd170461e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra45df02c48fe4815"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf46e41772d144014"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb4c4bb35f704932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra45df02c48fe4815" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb776b90a4107429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf46e41772d144014" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Materials Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4MKCJ84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>10,821</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,792</x:t>
-[...134 lines deleted...]
-          <x:t>11,103</x:t>
+          <x:t>10,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,147</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>11,615</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>