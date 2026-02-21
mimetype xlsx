--- v0 (2025-10-25)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20686ce4fe6e4a71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9fc4d10e27a41cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f5fb615a7a74247"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ce3df31df154109"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65ee4c16b79c4a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f5fb615a7a74247" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf013083bd12e4f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ce3df31df154109" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI Poland UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4M7GH52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>30,414</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,084</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>