--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9fc4d10e27a41cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b4c98ef3201490b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ce3df31df154109"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc30b0bbe0e34408d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf013083bd12e4f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ce3df31df154109" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R043e4e8c84294812" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc30b0bbe0e34408d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI Poland UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4M7GH52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>34,289</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,162</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>36,206</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,676</x:t>
-[...11 lines deleted...]
-          <x:t>35,865</x:t>
+          <x:t>35,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,497</x:t>
-[...193 lines deleted...]
-          <x:t>35,084</x:t>
+          <x:t>36,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>