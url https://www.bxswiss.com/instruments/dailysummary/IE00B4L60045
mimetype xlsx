--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R977ad5d9fc5349ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3cf3ab7279f49f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R558bf6a87b544a65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf89d72c1a96b458d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c7f142dee9c46db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R558bf6a87b544a65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5fe91a74b264c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf89d72c1a96b458d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III EUR Corporate Bond 1-5yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L60045</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>100,984</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,042</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...150 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,878</x:t>
-[...97 lines deleted...]
-          <x:t>101,081</x:t>
+          <x:t>100,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,784</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>100,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,663</x:t>
-[...166 lines deleted...]
-          <x:t>100,975</x:t>
+          <x:t>100,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,351</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>