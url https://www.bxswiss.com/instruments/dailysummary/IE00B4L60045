--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3cf3ab7279f49f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7028ca0a3de945bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf89d72c1a96b458d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6da1b8c6cf6a450a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5fe91a74b264c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf89d72c1a96b458d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64b4e004e5704e33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6da1b8c6cf6a450a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III EUR Corporate Bond 1-5yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L60045</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,663</x:t>
-[...92 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>100,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,341</x:t>
-[...107 lines deleted...]
-          <x:t>100,744</x:t>
+          <x:t>100,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>13.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,865</x:t>
-[...237 lines deleted...]
-          <x:t>100,332</x:t>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,121</x:t>
-[...4 lines deleted...]
-          <x:t>100,351</x:t>
+          <x:t>101,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>