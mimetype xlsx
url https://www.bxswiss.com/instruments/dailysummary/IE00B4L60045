--- v2 (2025-11-15)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7028ca0a3de945bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75e1003ebc9b4a23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6da1b8c6cf6a450a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R136aa6e8709143f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64b4e004e5704e33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6da1b8c6cf6a450a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1c04c80433644ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R136aa6e8709143f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III EUR Corporate Bond 1-5yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L60045</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...365 lines deleted...]
-          <x:t>100,438</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,503</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>99,801</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>