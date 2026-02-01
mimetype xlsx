--- v3 (2026-01-09)
+++ v4 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75e1003ebc9b4a23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40829811abc04f8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R136aa6e8709143f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R450bac152e3b4f2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1c04c80433644ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R136aa6e8709143f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f85eb1314d04882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R450bac152e3b4f2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III EUR Corporate Bond 1-5yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L60045</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>101,739</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,401</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>101,213</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,306</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>