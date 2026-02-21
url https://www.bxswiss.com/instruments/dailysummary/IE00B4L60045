--- v4 (2026-02-01)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40829811abc04f8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra26257b99ced4fc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R450bac152e3b4f2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72c9b40d243e4224"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f85eb1314d04882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R450bac152e3b4f2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R015c5a4680c8491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72c9b40d243e4224" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III EUR Corporate Bond 1-5yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L60045</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>