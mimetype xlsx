--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d2ea1921caf44bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d31e101a45b4663" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ff35d1e53344b52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7494604c3ab04423"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6df7b57c21cd4852" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ff35d1e53344b52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re66e57ce3ee74c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7494604c3ab04423" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI Japan IMI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L5YX21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,424</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>53,949</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>