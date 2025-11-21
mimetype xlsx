--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d31e101a45b4663" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf25d00bee4904125" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7494604c3ab04423"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R510c296e08c0471d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re66e57ce3ee74c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7494604c3ab04423" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radd31e017c354e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R510c296e08c0471d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI Japan IMI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L5YX21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,346</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>