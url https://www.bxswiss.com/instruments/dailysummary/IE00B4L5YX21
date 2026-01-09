--- v2 (2025-11-21)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf25d00bee4904125" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c98d4af1240464e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R510c296e08c0471d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fe74c90fb7c4a51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radd31e017c354e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R510c296e08c0471d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b7611596d7e4834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fe74c90fb7c4a51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI Japan IMI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L5YX21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...436 lines deleted...]
-          <x:t>54,808</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,640</x:t>
-[...193 lines deleted...]
-          <x:t>53,476</x:t>
+          <x:t>54,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>