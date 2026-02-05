--- v3 (2026-01-09)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c98d4af1240464e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79951076547e4422" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fe74c90fb7c4a51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57a9ed132dd64d91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b7611596d7e4834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fe74c90fb7c4a51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6e337682fe84e05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57a9ed132dd64d91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI Japan IMI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L5YX21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>