--- v4 (2026-02-05)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79951076547e4422" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49fd8f870aeb4320" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57a9ed132dd64d91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41681d3d1eee4c36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6e337682fe84e05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57a9ed132dd64d91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a4c4b24aecd45e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41681d3d1eee4c36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI Japan IMI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L5YX21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>56,460</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,560</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>58,393</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,163</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>57,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>