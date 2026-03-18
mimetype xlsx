--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49fd8f870aeb4320" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf399496fc0854790" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41681d3d1eee4c36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c188207f92e40a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a4c4b24aecd45e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41681d3d1eee4c36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4b709ad749b49c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c188207f92e40a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI Japan IMI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L5YX21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,251</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>