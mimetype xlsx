--- v0 (2025-10-15)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R197a3ae5890e4491" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fa81aa0b63548f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R040690f72ae34eec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac6c326c4c8b42c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fd2fa592d4944a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R040690f72ae34eec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0570d7e5a9542e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac6c326c4c8b42c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI EM UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L5YC18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...549 lines deleted...]
-          <x:t>40,643</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,621</x:t>
-[...26 lines deleted...]
-          <x:t>40,015</x:t>
+          <x:t>40,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>