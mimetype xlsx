--- v1 (2026-01-09)
+++ v2 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fa81aa0b63548f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8369a3653424cc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac6c326c4c8b42c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c53b5328fa94f02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0570d7e5a9542e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac6c326c4c8b42c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea54a2e0149d4d8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c53b5328fa94f02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI EM UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L5YC18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +251,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>