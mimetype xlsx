--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8369a3653424cc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16f1fca2523a4a78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c53b5328fa94f02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d8d4aa7168a44a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea54a2e0149d4d8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c53b5328fa94f02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea5488310f5b41c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d8d4aa7168a44a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI EM UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L5YC18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,864</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>