--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16f1fca2523a4a78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a5d9092b7464798" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d8d4aa7168a44a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ef5f28e2fa64af6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea5488310f5b41c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d8d4aa7168a44a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccc91d328a38459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ef5f28e2fa64af6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI EM UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L5YC18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>42,869</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,074</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>45,864</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>