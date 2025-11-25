--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3ef85c185ca4176" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R360033b243db460d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09a32d4bdcbb4628"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2752fe8fb0e44303"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R853495fa28f746bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09a32d4bdcbb4628" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e96c936311f4e58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2752fe8fb0e44303" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L5Y983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,669</x:t>
-[...193 lines deleted...]
-          <x:t>101,354</x:t>
+          <x:t>101,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>