--- v1 (2025-11-25)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R360033b243db460d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf2635130c0c479e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2752fe8fb0e44303"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63850ddaf5984fa7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e96c936311f4e58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2752fe8fb0e44303" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd09cb7cbb48e43ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63850ddaf5984fa7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L5Y983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>101,863</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,670</x:t>
-[...11 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>102,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,277</x:t>
-[...549 lines deleted...]
-          <x:t>102,154</x:t>
+          <x:t>103,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>