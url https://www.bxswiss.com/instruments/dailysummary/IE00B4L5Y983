--- v2 (2026-01-09)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf2635130c0c479e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7cfbef2281040ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63850ddaf5984fa7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72382bc47cb04f43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd09cb7cbb48e43ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63850ddaf5984fa7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cd7a853eb48435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72382bc47cb04f43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L5Y983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...284 lines deleted...]
-          <x:t>102,000</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,629</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,784</x:t>
-[...171 lines deleted...]
-          <x:t>105,583</x:t>
+          <x:t>101,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>