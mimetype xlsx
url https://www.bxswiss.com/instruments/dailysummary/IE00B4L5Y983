--- v3 (2026-01-31)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7cfbef2281040ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red9e7705efb74769" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72382bc47cb04f43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54f1aa30d3eb46cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cd7a853eb48435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72382bc47cb04f43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6de009cd32274c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54f1aa30d3eb46cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L5Y983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,917</x:t>
-[...522 lines deleted...]
-          <x:t>102,758</x:t>
+          <x:t>104,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>