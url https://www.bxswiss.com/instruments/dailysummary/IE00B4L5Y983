--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red9e7705efb74769" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R971a8d68ffa74303" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54f1aa30d3eb46cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8933654af7714c3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6de009cd32274c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54f1aa30d3eb46cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7390dd733f54c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8933654af7714c3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L5Y983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,183</x:t>
-[...119 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>103,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,646</x:t>
-[...97 lines deleted...]
-          <x:t>17.02.2026</x:t>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,760</x:t>
-[...85 lines deleted...]
-          <x:t>103,780</x:t>
+          <x:t>100,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>