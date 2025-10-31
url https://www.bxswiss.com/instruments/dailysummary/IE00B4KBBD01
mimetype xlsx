--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4085ae66b46445ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R978dc759590b417a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R646c1710f2fa4aaa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7555f4f39986483e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3213e187931454d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R646c1710f2fa4aaa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafd360b7bde648d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7555f4f39986483e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Utilities Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4KBBD01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,612</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>