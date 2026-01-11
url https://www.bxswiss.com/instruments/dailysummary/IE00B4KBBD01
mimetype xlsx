--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R978dc759590b417a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17c57958889042e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7555f4f39986483e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52ea0bbc89df447f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafd360b7bde648d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7555f4f39986483e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb32c699b79e34731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52ea0bbc89df447f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Utilities Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4KBBD01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,786</x:t>
-[...576 lines deleted...]
-          <x:t>11,017</x:t>
+          <x:t>10,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>