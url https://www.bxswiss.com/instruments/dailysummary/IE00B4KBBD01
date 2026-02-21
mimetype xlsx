--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17c57958889042e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b674613c04b477d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52ea0bbc89df447f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6e06927f3e746b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb32c699b79e34731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52ea0bbc89df447f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0100b6afdcb24c1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6e06927f3e746b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Utilities Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4KBBD01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>10,593</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,468</x:t>
-[...254 lines deleted...]
-          <x:t>10,618</x:t>
+          <x:t>10,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,662</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>10,484</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>