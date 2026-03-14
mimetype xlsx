--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b674613c04b477d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb72f7141ce35455d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6e06927f3e746b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aed10ffa713499c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0100b6afdcb24c1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6e06927f3e746b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bc91a4e78f945aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aed10ffa713499c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Utilities Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4KBBD01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>