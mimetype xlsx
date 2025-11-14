--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf70c06df06af4b48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e523c2c9a224308" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2981787de42a4b6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47f3e60716c3480f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a06761a6cd74146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2981787de42a4b6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e947ff718384e2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47f3e60716c3480f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC Euro Stoxx 50 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4K6B022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>55,395</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>