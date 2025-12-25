--- v1 (2025-11-14)
+++ v2 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e523c2c9a224308" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89aa8ad43b88438f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47f3e60716c3480f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64431002fbbe45cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e947ff718384e2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47f3e60716c3480f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7dababd24384015" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64431002fbbe45cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC Euro Stoxx 50 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4K6B022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>55,672</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>