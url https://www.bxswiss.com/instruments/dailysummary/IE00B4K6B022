--- v2 (2025-12-25)
+++ v3 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89aa8ad43b88438f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aeccec451a44d14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64431002fbbe45cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdb00b5417a74f8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7dababd24384015" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64431002fbbe45cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00a2c5f398cb4ded" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdb00b5417a74f8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC Euro Stoxx 50 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4K6B022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>56,838</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,359</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...246 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>