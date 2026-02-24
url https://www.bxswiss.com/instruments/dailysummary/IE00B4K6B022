--- v3 (2026-01-15)
+++ v4 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6aeccec451a44d14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2ce0256484448d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdb00b5417a74f8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re20d874ed5b74a12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00a2c5f398cb4ded" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdb00b5417a74f8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7335fe1fb764657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re20d874ed5b74a12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC Euro Stoxx 50 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4K6B022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>56,460</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>56,212</x:t>
-[...409 lines deleted...]
-          <x:t>59,018</x:t>
+          <x:t>56,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>