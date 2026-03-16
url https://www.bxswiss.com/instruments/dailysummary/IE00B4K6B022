--- v4 (2026-02-24)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2ce0256484448d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51af18f0535343f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re20d874ed5b74a12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e0a1405342149fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7335fe1fb764657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re20d874ed5b74a12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a7de80d18b94a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e0a1405342149fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC Euro Stoxx 50 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4K6B022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,438 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>56,902</x:t>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>56,863</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>58,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,591</x:t>
         </x:is>
       </x:c>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>