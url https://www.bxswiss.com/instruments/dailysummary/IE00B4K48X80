--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4526434d673c451a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd798d7ecc2cb4977" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1d1a3fb65e74ed2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd22c7ea880664ac3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R832650c6324646e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1d1a3fb65e74ed2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaaf968291c14e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd22c7ea880664ac3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI Europe UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4K48X80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...512 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,597</x:t>
-[...63 lines deleted...]
-          <x:t>83,169</x:t>
+          <x:t>84,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>