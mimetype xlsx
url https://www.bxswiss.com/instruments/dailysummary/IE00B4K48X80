--- v1 (2025-11-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd798d7ecc2cb4977" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c5cb34e3daa47e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd22c7ea880664ac3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb95620cda7134966"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaaf968291c14e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd22c7ea880664ac3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R564c84086a684297" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb95620cda7134966" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI Europe UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4K48X80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>83,330</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>