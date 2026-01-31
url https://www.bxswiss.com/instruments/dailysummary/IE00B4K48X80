--- v2 (2026-01-07)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c5cb34e3daa47e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16d59435b0d94119" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb95620cda7134966"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0835532da4546c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R564c84086a684297" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb95620cda7134966" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b10927dcc0742db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0835532da4546c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI Europe UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4K48X80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +251,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>