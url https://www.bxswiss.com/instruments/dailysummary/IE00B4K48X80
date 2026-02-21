--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16d59435b0d94119" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05038447888e477a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0835532da4546c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0eac0f92296457b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b10927dcc0742db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0835532da4546c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00f74f1e84d0445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0eac0f92296457b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI Europe UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4K48X80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,468</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>