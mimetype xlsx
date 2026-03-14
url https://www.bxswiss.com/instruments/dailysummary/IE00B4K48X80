--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05038447888e477a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6c31199705647f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0eac0f92296457b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ce234c1d1e94a09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00f74f1e84d0445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0eac0f92296457b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R921867bd947f4667" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ce234c1d1e94a09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI Europe UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4K48X80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,212 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>88,061</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>