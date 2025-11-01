--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1aaa2281c3a4194" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca543a221e1d4021" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0930f9fa5f9144bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R221750f667c2425f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec07c3c1450d4d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0930f9fa5f9144bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39e2abfb2c0348b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R221750f667c2425f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Financials Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4JNQZ49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>12,366</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>12,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>12,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,315</x:t>
-[...70 lines deleted...]
-          <x:t>12,543</x:t>
+          <x:t>12,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,525</x:t>
-[...458 lines deleted...]
-          <x:t>12,565</x:t>
+          <x:t>12,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>