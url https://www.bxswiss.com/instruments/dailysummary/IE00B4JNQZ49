--- v1 (2025-11-01)
+++ v2 (2026-02-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca543a221e1d4021" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8648c9469a04550" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R221750f667c2425f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0fc6da328874f96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39e2abfb2c0348b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R221750f667c2425f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41ee4ec14d744bc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0fc6da328874f96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Financials Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4JNQZ49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>12,644</x:t>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,562</x:t>
-[...335 lines deleted...]
-          <x:t>12,200</x:t>
+          <x:t>12,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,151</x:t>
-[...48 lines deleted...]
-          <x:t>12,363</x:t>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,249</x:t>
-[...188 lines deleted...]
-          <x:t>12,318</x:t>
+          <x:t>11,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>