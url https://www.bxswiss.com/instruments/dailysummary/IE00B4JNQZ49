--- v2 (2026-02-14)
+++ v3 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8648c9469a04550" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e760735dc44510" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0fc6da328874f96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reee827d95b5a4ccc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41ee4ec14d744bc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0fc6da328874f96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bd8f9c054c7457e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reee827d95b5a4ccc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Financials Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4JNQZ49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>11,958</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,995</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...253 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,707</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>