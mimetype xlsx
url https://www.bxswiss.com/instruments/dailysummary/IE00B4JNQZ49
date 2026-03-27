--- v3 (2026-03-07)
+++ v4 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e760735dc44510" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R877ca9e30ad24471" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reee827d95b5a4ccc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae0f9f8639544e5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bd8f9c054c7457e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reee827d95b5a4ccc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb5c33b3a0e643d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae0f9f8639544e5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Financials Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4JNQZ49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...203 lines deleted...]
-          <x:t>11,687</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,707</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>11,583</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,679</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.02.2026</x:t>
-[...4 lines deleted...]
-          <x:t>11,705</x:t>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,686</x:t>
+          <x:t>11,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,731</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...344 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>